--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -94,57 +94,57 @@
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>1.02.01</t>
   </si>
   <si>
     <t>Jumbo Tweezers - Set of 12</t>
   </si>
   <si>
     <t>1.02.04</t>
   </si>
   <si>
     <t>Twisty Droppers</t>
   </si>
   <si>
     <t>1.02.05</t>
   </si>
   <si>
     <t xml:space="preserve"> Tri-Grip Tongs </t>
   </si>
   <si>
     <t>1.05.04A</t>
   </si>
   <si>
-    <t xml:space="preserve">Small Wooden Tray with Cutout Handles  </t>
+    <t>Small Wooden Tray with Cutout Handles, 24.5 x 19.5 x 3 cm</t>
   </si>
   <si>
     <t>1.05.05</t>
   </si>
   <si>
-    <t>Medium Wooden Tray with Cutout Handles</t>
+    <t>Medium Wooden Tray with Cutout Handles, 35.3 x 25.3 x 3 cm</t>
   </si>
   <si>
     <t>1.07.10</t>
   </si>
   <si>
     <t xml:space="preserve">Dust, Sweep &amp; Mop Set with Wooden Stand </t>
   </si>
   <si>
     <t>1.07.15B</t>
   </si>
   <si>
     <t xml:space="preserve"> Wooden Toddler Knife/Cutter</t>
   </si>
   <si>
     <t>1.11.12</t>
   </si>
   <si>
     <t>Wooden Lacing (Threading) Cheese</t>
   </si>
   <si>
     <t>1.11.13</t>
   </si>
   <si>
     <t xml:space="preserve"> Fall Collection: Wooden Lacing (Threading) Apple</t>
   </si>
@@ -1415,58 +1415,58 @@
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="10">
         <v>21.6</v>
       </c>
       <c r="G20" s="9">
         <v>8.0</v>
       </c>
       <c r="H20" s="10">
         <f>SUM(F20*G20)</f>
         <v>172.8</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="10">
-        <v>44.1</v>
+        <v>62.1</v>
       </c>
       <c r="G21" s="9">
         <v>1.0</v>
       </c>
       <c r="H21" s="10">
         <f>SUM(F21*G21)</f>
-        <v>44.1</v>
+        <v>62.1</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="10">
         <v>7.2</v>
       </c>
       <c r="G22" s="9">
         <v>1.0</v>
       </c>
       <c r="H22" s="10">
         <f>SUM(F22*G22)</f>
         <v>7.2</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
@@ -2549,58 +2549,58 @@
       <c r="C74" s="8"/>
       <c r="D74" s="8"/>
       <c r="E74" s="8"/>
       <c r="F74" s="10">
         <v>48.6</v>
       </c>
       <c r="G74" s="9">
         <v>1.0</v>
       </c>
       <c r="H74" s="10">
         <f>SUM(F74*G74)</f>
         <v>48.6</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>137</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
       <c r="F75" s="10">
-        <v>42.3</v>
+        <v>37.8</v>
       </c>
       <c r="G75" s="9">
         <v>1.0</v>
       </c>
       <c r="H75" s="10">
         <f>SUM(F75*G75)</f>
-        <v>42.3</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>139</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>140</v>
       </c>
       <c r="C76" s="8"/>
       <c r="D76" s="8"/>
       <c r="E76" s="8"/>
       <c r="F76" s="10">
         <v>32.4</v>
       </c>
       <c r="G76" s="9">
         <v>1.0</v>
       </c>
       <c r="H76" s="10">
         <f>SUM(F76*G76)</f>
         <v>32.4</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
@@ -3111,86 +3111,86 @@
         <v>189</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>190</v>
       </c>
       <c r="C101" s="8"/>
       <c r="D101" s="8"/>
       <c r="E101" s="8"/>
       <c r="F101" s="10">
         <v>19.8</v>
       </c>
       <c r="G101" s="9">
         <v>1.0</v>
       </c>
       <c r="H101" s="10">
         <f>SUM(F101*G101)</f>
         <v>19.8</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="G102" s="12" t="s">
         <v>191</v>
       </c>
       <c r="H102" s="11">
         <f>SUM(H15:H101)</f>
-        <v>3333.15</v>
+        <v>3346.65</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="G103" s="12" t="s">
         <v>192</v>
       </c>
       <c r="H103" s="11">
         <f>IF(AND(H102&gt;=1000,H102&lt;5000),H102*0.03,IF(AND(H102&gt;=5000,H102&lt;10000),H102*0.04,IF(H102&gt;=10000,H102*0.05,0)))</f>
-        <v>99.9945</v>
+        <v>100.3995</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="G104" s="12" t="s">
         <v>193</v>
       </c>
       <c r="H104" s="11">
         <f>H102-H103</f>
-        <v>3233.1555</v>
+        <v>3246.2505</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="G105" s="12" t="s">
         <v>194</v>
       </c>
       <c r="H105" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="G106" s="12" t="s">
         <v>195</v>
       </c>
       <c r="H106" s="11">
         <f>SUM(H104:H105)</f>
-        <v>3233.1555</v>
+        <v>3246.2505</v>
       </c>
     </row>
     <row r="109" spans="1:8" customHeight="1" ht="22">
       <c r="A109" s="13" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="13"/>
       <c r="C109" s="13"/>
     </row>
     <row r="110" spans="1:8" customHeight="1" ht="29">
       <c r="A110" s="14" t="s">
         <v>197</v>
       </c>
       <c r="B110" s="14"/>
       <c r="C110" s="14"/>
     </row>
     <row r="111" spans="1:8" customHeight="1" ht="29">
       <c r="A111" s="14" t="s">
         <v>198</v>
       </c>
       <c r="B111" s="14"/>
       <c r="C111" s="14"/>
     </row>
     <row r="112" spans="1:8" customHeight="1" ht="29">
       <c r="A112" s="14" t="s">