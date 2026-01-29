--- v1 (2025-12-08)
+++ v2 (2026-01-29)
@@ -2381,58 +2381,58 @@
       <c r="C66" s="8"/>
       <c r="D66" s="8"/>
       <c r="E66" s="8"/>
       <c r="F66" s="10">
         <v>34.2</v>
       </c>
       <c r="G66" s="9">
         <v>1.0</v>
       </c>
       <c r="H66" s="10">
         <f>SUM(F66*G66)</f>
         <v>34.2</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>121</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C67" s="8"/>
       <c r="D67" s="8"/>
       <c r="E67" s="8"/>
       <c r="F67" s="10">
-        <v>17.55</v>
+        <v>19.8</v>
       </c>
       <c r="G67" s="9">
         <v>1.0</v>
       </c>
       <c r="H67" s="10">
         <f>SUM(F67*G67)</f>
-        <v>17.55</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>123</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>124</v>
       </c>
       <c r="C68" s="8"/>
       <c r="D68" s="8"/>
       <c r="E68" s="8"/>
       <c r="F68" s="10">
         <v>30.6</v>
       </c>
       <c r="G68" s="9">
         <v>1.0</v>
       </c>
       <c r="H68" s="10">
         <f>SUM(F68*G68)</f>
         <v>30.6</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
@@ -3111,86 +3111,86 @@
         <v>189</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>190</v>
       </c>
       <c r="C101" s="8"/>
       <c r="D101" s="8"/>
       <c r="E101" s="8"/>
       <c r="F101" s="10">
         <v>19.8</v>
       </c>
       <c r="G101" s="9">
         <v>1.0</v>
       </c>
       <c r="H101" s="10">
         <f>SUM(F101*G101)</f>
         <v>19.8</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="G102" s="12" t="s">
         <v>191</v>
       </c>
       <c r="H102" s="11">
         <f>SUM(H15:H101)</f>
-        <v>3346.65</v>
+        <v>3348.9</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="G103" s="12" t="s">
         <v>192</v>
       </c>
       <c r="H103" s="11">
         <f>IF(AND(H102&gt;=1000,H102&lt;5000),H102*0.03,IF(AND(H102&gt;=5000,H102&lt;10000),H102*0.04,IF(H102&gt;=10000,H102*0.05,0)))</f>
-        <v>100.3995</v>
+        <v>100.467</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="G104" s="12" t="s">
         <v>193</v>
       </c>
       <c r="H104" s="11">
         <f>H102-H103</f>
-        <v>3246.2505</v>
+        <v>3248.433</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="G105" s="12" t="s">
         <v>194</v>
       </c>
       <c r="H105" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="G106" s="12" t="s">
         <v>195</v>
       </c>
       <c r="H106" s="11">
         <f>SUM(H104:H105)</f>
-        <v>3246.2505</v>
+        <v>3248.433</v>
       </c>
     </row>
     <row r="109" spans="1:8" customHeight="1" ht="22">
       <c r="A109" s="13" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="13"/>
       <c r="C109" s="13"/>
     </row>
     <row r="110" spans="1:8" customHeight="1" ht="29">
       <c r="A110" s="14" t="s">
         <v>197</v>
       </c>
       <c r="B110" s="14"/>
       <c r="C110" s="14"/>
     </row>
     <row r="111" spans="1:8" customHeight="1" ht="29">
       <c r="A111" s="14" t="s">
         <v>198</v>
       </c>
       <c r="B111" s="14"/>
       <c r="C111" s="14"/>
     </row>
     <row r="112" spans="1:8" customHeight="1" ht="29">
       <c r="A112" s="14" t="s">