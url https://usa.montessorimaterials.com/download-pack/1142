--- v2 (2026-01-29)
+++ v3 (2026-03-19)
@@ -2045,58 +2045,58 @@
       <c r="C50" s="8"/>
       <c r="D50" s="8"/>
       <c r="E50" s="8"/>
       <c r="F50" s="10">
         <v>44.1</v>
       </c>
       <c r="G50" s="9">
         <v>1.0</v>
       </c>
       <c r="H50" s="10">
         <f>SUM(F50*G50)</f>
         <v>44.1</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>89</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
       <c r="E51" s="8"/>
       <c r="F51" s="10">
-        <v>55.8</v>
+        <v>58.5</v>
       </c>
       <c r="G51" s="9">
         <v>1.0</v>
       </c>
       <c r="H51" s="10">
         <f>SUM(F51*G51)</f>
-        <v>55.8</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>91</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>92</v>
       </c>
       <c r="C52" s="8"/>
       <c r="D52" s="8"/>
       <c r="E52" s="8"/>
       <c r="F52" s="10">
         <v>50.4</v>
       </c>
       <c r="G52" s="9">
         <v>1.0</v>
       </c>
       <c r="H52" s="10">
         <f>SUM(F52*G52)</f>
         <v>50.4</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
@@ -2444,58 +2444,58 @@
       <c r="C69" s="8"/>
       <c r="D69" s="8"/>
       <c r="E69" s="8"/>
       <c r="F69" s="10">
         <v>37.8</v>
       </c>
       <c r="G69" s="9">
         <v>1.0</v>
       </c>
       <c r="H69" s="10">
         <f>SUM(F69*G69)</f>
         <v>37.8</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>128</v>
       </c>
       <c r="C70" s="8"/>
       <c r="D70" s="8"/>
       <c r="E70" s="8"/>
       <c r="F70" s="10">
-        <v>44.1</v>
+        <v>50.4</v>
       </c>
       <c r="G70" s="9">
         <v>1.0</v>
       </c>
       <c r="H70" s="10">
         <f>SUM(F70*G70)</f>
-        <v>44.1</v>
+        <v>50.4</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C71" s="8"/>
       <c r="D71" s="8"/>
       <c r="E71" s="8"/>
       <c r="F71" s="10">
         <v>19.8</v>
       </c>
       <c r="G71" s="9">
         <v>1.0</v>
       </c>
       <c r="H71" s="10">
         <f>SUM(F71*G71)</f>
         <v>19.8</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
@@ -3111,86 +3111,86 @@
         <v>189</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>190</v>
       </c>
       <c r="C101" s="8"/>
       <c r="D101" s="8"/>
       <c r="E101" s="8"/>
       <c r="F101" s="10">
         <v>19.8</v>
       </c>
       <c r="G101" s="9">
         <v>1.0</v>
       </c>
       <c r="H101" s="10">
         <f>SUM(F101*G101)</f>
         <v>19.8</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="G102" s="12" t="s">
         <v>191</v>
       </c>
       <c r="H102" s="11">
         <f>SUM(H15:H101)</f>
-        <v>3348.9</v>
+        <v>3357.9</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="G103" s="12" t="s">
         <v>192</v>
       </c>
       <c r="H103" s="11">
         <f>IF(AND(H102&gt;=1000,H102&lt;5000),H102*0.03,IF(AND(H102&gt;=5000,H102&lt;10000),H102*0.04,IF(H102&gt;=10000,H102*0.05,0)))</f>
-        <v>100.467</v>
+        <v>100.737</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="G104" s="12" t="s">
         <v>193</v>
       </c>
       <c r="H104" s="11">
         <f>H102-H103</f>
-        <v>3248.433</v>
+        <v>3257.163</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="G105" s="12" t="s">
         <v>194</v>
       </c>
       <c r="H105" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="G106" s="12" t="s">
         <v>195</v>
       </c>
       <c r="H106" s="11">
         <f>SUM(H104:H105)</f>
-        <v>3248.433</v>
+        <v>3257.163</v>
       </c>
     </row>
     <row r="109" spans="1:8" customHeight="1" ht="22">
       <c r="A109" s="13" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="13"/>
       <c r="C109" s="13"/>
     </row>
     <row r="110" spans="1:8" customHeight="1" ht="29">
       <c r="A110" s="14" t="s">
         <v>197</v>
       </c>
       <c r="B110" s="14"/>
       <c r="C110" s="14"/>
     </row>
     <row r="111" spans="1:8" customHeight="1" ht="29">
       <c r="A111" s="14" t="s">
         <v>198</v>
       </c>
       <c r="B111" s="14"/>
       <c r="C111" s="14"/>
     </row>
     <row r="112" spans="1:8" customHeight="1" ht="29">
       <c r="A112" s="14" t="s">