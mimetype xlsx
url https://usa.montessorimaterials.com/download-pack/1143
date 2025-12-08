--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="E &amp; O MONTESSORI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="581">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="579">
   <si>
     <t>152 Worthington Ave, Richmond Hill</t>
   </si>
   <si>
     <t>Ontario, Canada, L4E 4N7</t>
   </si>
   <si>
     <t>Tel: (905) 313-0530       Fax: (905) 313-0402</t>
   </si>
   <si>
     <t>montessori1907@gmail.com</t>
   </si>
   <si>
     <t>www.montessorimaterials.com</t>
   </si>
   <si>
     <t>Full Classroom Package - Primary (CASA)</t>
   </si>
   <si>
     <t xml:space="preserve">Bill to: </t>
   </si>
   <si>
     <t>Shipping Address:</t>
   </si>
   <si>
@@ -1240,51 +1240,51 @@
   <si>
     <t>Insect Puzzle Cabinet with 5 Puzzles</t>
   </si>
   <si>
     <t>5.03.14</t>
   </si>
   <si>
     <t xml:space="preserve">Penguin Puzzle </t>
   </si>
   <si>
     <t>5.03.15</t>
   </si>
   <si>
     <t>Ladybug Puzzle</t>
   </si>
   <si>
     <t>5.03.16</t>
   </si>
   <si>
     <t>Rooster Puzzle</t>
   </si>
   <si>
     <t>5.10.01A</t>
   </si>
   <si>
-    <t>Monarch Butterfly Life Cycle Activity Set</t>
+    <t>Butterfly Life Cycle Activity Set</t>
   </si>
   <si>
     <t>5.10.02A</t>
   </si>
   <si>
     <t xml:space="preserve">Frog Life Cycle Activity Set </t>
   </si>
   <si>
     <t>5.10.03A</t>
   </si>
   <si>
     <t>Green Sea Turtle Life Cycle Activity Set</t>
   </si>
   <si>
     <t>5.10.04</t>
   </si>
   <si>
     <t>Life Cycle of a Honey Bee - 4 Realistic Models</t>
   </si>
   <si>
     <t>5.10.06A</t>
   </si>
   <si>
     <t xml:space="preserve">Chicken Life Cycle Activity Set </t>
   </si>
@@ -1324,69 +1324,69 @@
   <si>
     <t xml:space="preserve">Life Cycle Of A Salmon </t>
   </si>
   <si>
     <t>5.12</t>
   </si>
   <si>
     <t>Chick Life Cycle Exploration</t>
   </si>
   <si>
     <t>5.13</t>
   </si>
   <si>
     <t xml:space="preserve">Growth and Layer Puzzle – Chicken </t>
   </si>
   <si>
     <t>5.14</t>
   </si>
   <si>
     <t>Growth and Layer Puzzle – Frog</t>
   </si>
   <si>
     <t>5.15</t>
   </si>
   <si>
-    <t>Growth and Layer Puzzle – Butterfly</t>
+    <t>Butterfly Life Cycle Puzzle – Montessori Wooden Layer Puzzle</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>Growth and Layer Puzzle –Sunflower</t>
   </si>
   <si>
     <t>5.18</t>
   </si>
   <si>
-    <t xml:space="preserve">Growth and Layer Puzzle – Man </t>
+    <t>Human Growth Layer Puzzle – Man (Montessori Sequencing Puzzle)</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
-    <t xml:space="preserve">Growth and Layer Puzzle – Woman </t>
+    <t>Human Growth Layer Puzzle – Woman (Montessori Sequencing Puzzle)</t>
   </si>
   <si>
     <t>6.00.01</t>
   </si>
   <si>
     <t>Land Form Cards</t>
   </si>
   <si>
     <t>6.00.02</t>
   </si>
   <si>
     <t>Land &amp; Water Form Trays - Set 1 &amp; 2</t>
   </si>
   <si>
     <t>6.00.03</t>
   </si>
   <si>
     <t>Land &amp; Water Form Cards for Set 1 &amp; 2 with Box</t>
   </si>
   <si>
     <t>6.00A</t>
   </si>
   <si>
     <t>Globe of Land &amp; Water</t>
   </si>
@@ -1507,56 +1507,50 @@
   <si>
     <t>6.07.01</t>
   </si>
   <si>
     <t>Asia Control Map - Labeled</t>
   </si>
   <si>
     <t>6.07.02</t>
   </si>
   <si>
     <t>Asia Control Map - Unlabeled</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>Australia Puzzle Map</t>
   </si>
   <si>
     <t>6.08.01</t>
   </si>
   <si>
     <t>Australia Control Map - Labeled</t>
   </si>
   <si>
-    <t>6.08.02</t>
-[...4 lines deleted...]
-  <si>
     <t>6.10</t>
   </si>
   <si>
     <t>United States Puzzle Map</t>
   </si>
   <si>
     <t>6.10.01</t>
   </si>
   <si>
     <t>USA Control Map - Labeled</t>
   </si>
   <si>
     <t>6.10.02</t>
   </si>
   <si>
     <t>USA Control Map - Unlabeled</t>
   </si>
   <si>
     <t>6.20.01</t>
   </si>
   <si>
     <t>Puzzle Map Cabinet for 8 Maps</t>
   </si>
   <si>
     <t>6.21.01</t>
@@ -1600,81 +1594,81 @@
   <si>
     <t>Classified Cards, Land and Water Formations 2</t>
   </si>
   <si>
     <t>6.49.03</t>
   </si>
   <si>
     <t xml:space="preserve">Classified Cards, Weather and Natural Disasters </t>
   </si>
   <si>
     <t>6.49.04</t>
   </si>
   <si>
     <t>Classified Cards, Planets</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>Animals of the World - the Whole Set</t>
   </si>
   <si>
     <t>6.51.10</t>
   </si>
   <si>
-    <t>Living in the Arctic</t>
+    <t>Montessori Living in the Arctic Set</t>
   </si>
   <si>
     <t>6.51.13</t>
   </si>
   <si>
     <t xml:space="preserve">Animals and Their Young </t>
   </si>
   <si>
     <t>6.52.01</t>
   </si>
   <si>
     <t>Land, Air &amp; Water Transportation</t>
   </si>
   <si>
     <t>6.52.02</t>
   </si>
   <si>
     <t>Land, Air &amp; Water Animals</t>
   </si>
   <si>
     <t>6.52.03</t>
   </si>
   <si>
     <t>Land &amp; Water Form Objects</t>
   </si>
   <si>
     <t>6.53.01</t>
   </si>
   <si>
-    <t xml:space="preserve">Vertebrate and Invertebrate Classification </t>
+    <t>Vertebrate or Invertebrate</t>
   </si>
   <si>
     <t>6.53.02</t>
   </si>
   <si>
     <t>Five Classes of Vertebrates</t>
   </si>
   <si>
     <t>6.53.04</t>
   </si>
   <si>
     <t xml:space="preserve">Oviparous and Viviparous </t>
   </si>
   <si>
     <t>6.53A</t>
   </si>
   <si>
     <t>Living / Non-living Classification</t>
   </si>
   <si>
     <t>6.53B</t>
   </si>
   <si>
     <t>Plant / Animal Classification</t>
   </si>
@@ -2273,54 +2267,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H304"/>
+  <dimension ref="A1:H303"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A304" sqref="A304:C304"/>
+      <selection activeCell="A303" sqref="A303:C303"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="17" customWidth="true" style="0"/>
     <col min="5" max="5" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="H1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="H2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="H3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="H4" s="1" t="s">
@@ -2948,58 +2942,58 @@
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="10">
         <v>19.8</v>
       </c>
       <c r="G39" s="9">
         <v>1.0</v>
       </c>
       <c r="H39" s="10">
         <f>SUM(F39*G39)</f>
         <v>19.8</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>67</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="10">
-        <v>60.3</v>
+        <v>62.1</v>
       </c>
       <c r="G40" s="9">
         <v>1.0</v>
       </c>
       <c r="H40" s="10">
         <f>SUM(F40*G40)</f>
-        <v>60.3</v>
+        <v>62.1</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>69</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
       <c r="F41" s="10">
         <v>44.1</v>
       </c>
       <c r="G41" s="9">
         <v>1.0</v>
       </c>
       <c r="H41" s="10">
         <f>SUM(F41*G41)</f>
         <v>44.1</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
@@ -7001,58 +6995,58 @@
       <c r="C232" s="8"/>
       <c r="D232" s="8"/>
       <c r="E232" s="8"/>
       <c r="F232" s="10">
         <v>76.5</v>
       </c>
       <c r="G232" s="9">
         <v>1.0</v>
       </c>
       <c r="H232" s="10">
         <f>SUM(F232*G232)</f>
         <v>76.5</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="8" t="s">
         <v>453</v>
       </c>
       <c r="B233" s="8" t="s">
         <v>454</v>
       </c>
       <c r="C233" s="8"/>
       <c r="D233" s="8"/>
       <c r="E233" s="8"/>
       <c r="F233" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G233" s="9">
         <v>1.0</v>
       </c>
       <c r="H233" s="10">
         <f>SUM(F233*G233)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="8" t="s">
         <v>455</v>
       </c>
       <c r="B234" s="8" t="s">
         <v>456</v>
       </c>
       <c r="C234" s="8"/>
       <c r="D234" s="8"/>
       <c r="E234" s="8"/>
       <c r="F234" s="10">
         <v>12.6</v>
       </c>
       <c r="G234" s="9">
         <v>1.0</v>
       </c>
       <c r="H234" s="10">
         <f>SUM(F234*G234)</f>
         <v>12.6</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="8" t="s">
@@ -7106,58 +7100,58 @@
       <c r="C237" s="8"/>
       <c r="D237" s="8"/>
       <c r="E237" s="8"/>
       <c r="F237" s="10">
         <v>107.1</v>
       </c>
       <c r="G237" s="9">
         <v>1.0</v>
       </c>
       <c r="H237" s="10">
         <f>SUM(F237*G237)</f>
         <v>107.1</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="8" t="s">
         <v>463</v>
       </c>
       <c r="B238" s="8" t="s">
         <v>464</v>
       </c>
       <c r="C238" s="8"/>
       <c r="D238" s="8"/>
       <c r="E238" s="8"/>
       <c r="F238" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G238" s="9">
         <v>1.0</v>
       </c>
       <c r="H238" s="10">
         <f>SUM(F238*G238)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="8" t="s">
         <v>465</v>
       </c>
       <c r="B239" s="8" t="s">
         <v>466</v>
       </c>
       <c r="C239" s="8"/>
       <c r="D239" s="8"/>
       <c r="E239" s="8"/>
       <c r="F239" s="10">
         <v>12.6</v>
       </c>
       <c r="G239" s="9">
         <v>1.0</v>
       </c>
       <c r="H239" s="10">
         <f>SUM(F239*G239)</f>
         <v>12.6</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="8" t="s">
@@ -7169,58 +7163,58 @@
       <c r="C240" s="8"/>
       <c r="D240" s="8"/>
       <c r="E240" s="8"/>
       <c r="F240" s="10">
         <v>10.8</v>
       </c>
       <c r="G240" s="9">
         <v>1.0</v>
       </c>
       <c r="H240" s="10">
         <f>SUM(F240*G240)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="8" t="s">
         <v>469</v>
       </c>
       <c r="B241" s="8" t="s">
         <v>470</v>
       </c>
       <c r="C241" s="8"/>
       <c r="D241" s="8"/>
       <c r="E241" s="8"/>
       <c r="F241" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G241" s="9">
         <v>1.0</v>
       </c>
       <c r="H241" s="10">
         <f>SUM(F241*G241)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="8" t="s">
         <v>471</v>
       </c>
       <c r="B242" s="8" t="s">
         <v>472</v>
       </c>
       <c r="C242" s="8"/>
       <c r="D242" s="8"/>
       <c r="E242" s="8"/>
       <c r="F242" s="10">
         <v>10.8</v>
       </c>
       <c r="G242" s="9">
         <v>1.0</v>
       </c>
       <c r="H242" s="10">
         <f>SUM(F242*G242)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="8" t="s">
@@ -7232,58 +7226,58 @@
       <c r="C243" s="8"/>
       <c r="D243" s="8"/>
       <c r="E243" s="8"/>
       <c r="F243" s="10">
         <v>10.8</v>
       </c>
       <c r="G243" s="9">
         <v>1.0</v>
       </c>
       <c r="H243" s="10">
         <f>SUM(F243*G243)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="8" t="s">
         <v>475</v>
       </c>
       <c r="B244" s="8" t="s">
         <v>476</v>
       </c>
       <c r="C244" s="8"/>
       <c r="D244" s="8"/>
       <c r="E244" s="8"/>
       <c r="F244" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G244" s="9">
         <v>1.0</v>
       </c>
       <c r="H244" s="10">
         <f>SUM(F244*G244)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="8" t="s">
         <v>477</v>
       </c>
       <c r="B245" s="8" t="s">
         <v>478</v>
       </c>
       <c r="C245" s="8"/>
       <c r="D245" s="8"/>
       <c r="E245" s="8"/>
       <c r="F245" s="10">
         <v>10.8</v>
       </c>
       <c r="G245" s="9">
         <v>1.0</v>
       </c>
       <c r="H245" s="10">
         <f>SUM(F245*G245)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="8" t="s">
@@ -7295,58 +7289,58 @@
       <c r="C246" s="8"/>
       <c r="D246" s="8"/>
       <c r="E246" s="8"/>
       <c r="F246" s="10">
         <v>10.8</v>
       </c>
       <c r="G246" s="9">
         <v>1.0</v>
       </c>
       <c r="H246" s="10">
         <f>SUM(F246*G246)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="8" t="s">
         <v>481</v>
       </c>
       <c r="B247" s="8" t="s">
         <v>482</v>
       </c>
       <c r="C247" s="8"/>
       <c r="D247" s="8"/>
       <c r="E247" s="8"/>
       <c r="F247" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G247" s="9">
         <v>1.0</v>
       </c>
       <c r="H247" s="10">
         <f>SUM(F247*G247)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="8" t="s">
         <v>483</v>
       </c>
       <c r="B248" s="8" t="s">
         <v>484</v>
       </c>
       <c r="C248" s="8"/>
       <c r="D248" s="8"/>
       <c r="E248" s="8"/>
       <c r="F248" s="10">
         <v>10.8</v>
       </c>
       <c r="G248" s="9">
         <v>1.0</v>
       </c>
       <c r="H248" s="10">
         <f>SUM(F248*G248)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="8" t="s">
@@ -7358,58 +7352,58 @@
       <c r="C249" s="8"/>
       <c r="D249" s="8"/>
       <c r="E249" s="8"/>
       <c r="F249" s="10">
         <v>10.8</v>
       </c>
       <c r="G249" s="9">
         <v>1.0</v>
       </c>
       <c r="H249" s="10">
         <f>SUM(F249*G249)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="8" t="s">
         <v>487</v>
       </c>
       <c r="B250" s="8" t="s">
         <v>488</v>
       </c>
       <c r="C250" s="8"/>
       <c r="D250" s="8"/>
       <c r="E250" s="8"/>
       <c r="F250" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G250" s="9">
         <v>1.0</v>
       </c>
       <c r="H250" s="10">
         <f>SUM(F250*G250)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="8" t="s">
         <v>489</v>
       </c>
       <c r="B251" s="8" t="s">
         <v>490</v>
       </c>
       <c r="C251" s="8"/>
       <c r="D251" s="8"/>
       <c r="E251" s="8"/>
       <c r="F251" s="10">
         <v>12.6</v>
       </c>
       <c r="G251" s="9">
         <v>1.0</v>
       </c>
       <c r="H251" s="10">
         <f>SUM(F251*G251)</f>
         <v>12.6</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="8" t="s">
@@ -7421,289 +7415,289 @@
       <c r="C252" s="8"/>
       <c r="D252" s="8"/>
       <c r="E252" s="8"/>
       <c r="F252" s="10">
         <v>10.8</v>
       </c>
       <c r="G252" s="9">
         <v>1.0</v>
       </c>
       <c r="H252" s="10">
         <f>SUM(F252*G252)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="8" t="s">
         <v>493</v>
       </c>
       <c r="B253" s="8" t="s">
         <v>494</v>
       </c>
       <c r="C253" s="8"/>
       <c r="D253" s="8"/>
       <c r="E253" s="8"/>
       <c r="F253" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G253" s="9">
         <v>1.0</v>
       </c>
       <c r="H253" s="10">
         <f>SUM(F253*G253)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="8" t="s">
         <v>495</v>
       </c>
       <c r="B254" s="8" t="s">
         <v>496</v>
       </c>
       <c r="C254" s="8"/>
       <c r="D254" s="8"/>
       <c r="E254" s="8"/>
       <c r="F254" s="10">
         <v>10.8</v>
       </c>
       <c r="G254" s="9">
         <v>1.0</v>
       </c>
       <c r="H254" s="10">
         <f>SUM(F254*G254)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="8" t="s">
         <v>497</v>
       </c>
       <c r="B255" s="8" t="s">
         <v>498</v>
       </c>
       <c r="C255" s="8"/>
       <c r="D255" s="8"/>
       <c r="E255" s="8"/>
       <c r="F255" s="10">
-        <v>10.8</v>
+        <v>58.5</v>
       </c>
       <c r="G255" s="9">
         <v>1.0</v>
       </c>
       <c r="H255" s="10">
         <f>SUM(F255*G255)</f>
-        <v>10.8</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="8" t="s">
         <v>499</v>
       </c>
       <c r="B256" s="8" t="s">
         <v>500</v>
       </c>
       <c r="C256" s="8"/>
       <c r="D256" s="8"/>
       <c r="E256" s="8"/>
       <c r="F256" s="10">
-        <v>52.2</v>
+        <v>10.8</v>
       </c>
       <c r="G256" s="9">
         <v>1.0</v>
       </c>
       <c r="H256" s="10">
         <f>SUM(F256*G256)</f>
-        <v>52.2</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="8" t="s">
         <v>501</v>
       </c>
       <c r="B257" s="8" t="s">
         <v>502</v>
       </c>
       <c r="C257" s="8"/>
       <c r="D257" s="8"/>
       <c r="E257" s="8"/>
       <c r="F257" s="10">
         <v>10.8</v>
       </c>
       <c r="G257" s="9">
         <v>1.0</v>
       </c>
       <c r="H257" s="10">
         <f>SUM(F257*G257)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="8" t="s">
         <v>503</v>
       </c>
       <c r="B258" s="8" t="s">
         <v>504</v>
       </c>
       <c r="C258" s="8"/>
       <c r="D258" s="8"/>
       <c r="E258" s="8"/>
       <c r="F258" s="10">
-        <v>10.8</v>
+        <v>212.4</v>
       </c>
       <c r="G258" s="9">
         <v>1.0</v>
       </c>
       <c r="H258" s="10">
         <f>SUM(F258*G258)</f>
-        <v>10.8</v>
+        <v>212.4</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="8" t="s">
         <v>505</v>
       </c>
       <c r="B259" s="8" t="s">
         <v>506</v>
       </c>
       <c r="C259" s="8"/>
       <c r="D259" s="8"/>
       <c r="E259" s="8"/>
       <c r="F259" s="10">
-        <v>212.4</v>
+        <v>71.1</v>
       </c>
       <c r="G259" s="9">
         <v>1.0</v>
       </c>
       <c r="H259" s="10">
         <f>SUM(F259*G259)</f>
-        <v>212.4</v>
+        <v>71.1</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="8" t="s">
         <v>507</v>
       </c>
       <c r="B260" s="8" t="s">
         <v>508</v>
       </c>
       <c r="C260" s="8"/>
       <c r="D260" s="8"/>
       <c r="E260" s="8"/>
       <c r="F260" s="10">
-        <v>71.1</v>
+        <v>88.2</v>
       </c>
       <c r="G260" s="9">
         <v>1.0</v>
       </c>
       <c r="H260" s="10">
         <f>SUM(F260*G260)</f>
-        <v>71.1</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="8" t="s">
         <v>509</v>
       </c>
       <c r="B261" s="8" t="s">
         <v>510</v>
       </c>
       <c r="C261" s="8"/>
       <c r="D261" s="8"/>
       <c r="E261" s="8"/>
       <c r="F261" s="10">
-        <v>88.2</v>
+        <v>28.8</v>
       </c>
       <c r="G261" s="9">
         <v>1.0</v>
       </c>
       <c r="H261" s="10">
         <f>SUM(F261*G261)</f>
-        <v>88.2</v>
+        <v>28.8</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="8" t="s">
         <v>511</v>
       </c>
       <c r="B262" s="8" t="s">
         <v>512</v>
       </c>
       <c r="C262" s="8"/>
       <c r="D262" s="8"/>
       <c r="E262" s="8"/>
       <c r="F262" s="10">
-        <v>28.8</v>
+        <v>33.3</v>
       </c>
       <c r="G262" s="9">
         <v>1.0</v>
       </c>
       <c r="H262" s="10">
         <f>SUM(F262*G262)</f>
-        <v>28.8</v>
+        <v>33.3</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="8" t="s">
         <v>513</v>
       </c>
       <c r="B263" s="8" t="s">
         <v>514</v>
       </c>
       <c r="C263" s="8"/>
       <c r="D263" s="8"/>
       <c r="E263" s="8"/>
       <c r="F263" s="10">
-        <v>33.3</v>
+        <v>86.4</v>
       </c>
       <c r="G263" s="9">
         <v>1.0</v>
       </c>
       <c r="H263" s="10">
         <f>SUM(F263*G263)</f>
-        <v>33.3</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="8" t="s">
         <v>515</v>
       </c>
       <c r="B264" s="8" t="s">
         <v>516</v>
       </c>
       <c r="C264" s="8"/>
       <c r="D264" s="8"/>
       <c r="E264" s="8"/>
       <c r="F264" s="10">
-        <v>86.4</v>
+        <v>8.1</v>
       </c>
       <c r="G264" s="9">
         <v>1.0</v>
       </c>
       <c r="H264" s="10">
         <f>SUM(F264*G264)</f>
-        <v>86.4</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="8" t="s">
         <v>517</v>
       </c>
       <c r="B265" s="8" t="s">
         <v>518</v>
       </c>
       <c r="C265" s="8"/>
       <c r="D265" s="8"/>
       <c r="E265" s="8"/>
       <c r="F265" s="10">
         <v>8.1</v>
       </c>
       <c r="G265" s="9">
         <v>1.0</v>
       </c>
       <c r="H265" s="10">
         <f>SUM(F265*G265)</f>
         <v>8.1</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="8" t="s">
@@ -7736,415 +7730,415 @@
       <c r="C267" s="8"/>
       <c r="D267" s="8"/>
       <c r="E267" s="8"/>
       <c r="F267" s="10">
         <v>8.1</v>
       </c>
       <c r="G267" s="9">
         <v>1.0</v>
       </c>
       <c r="H267" s="10">
         <f>SUM(F267*G267)</f>
         <v>8.1</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="8" t="s">
         <v>523</v>
       </c>
       <c r="B268" s="8" t="s">
         <v>524</v>
       </c>
       <c r="C268" s="8"/>
       <c r="D268" s="8"/>
       <c r="E268" s="8"/>
       <c r="F268" s="10">
-        <v>8.1</v>
+        <v>342</v>
       </c>
       <c r="G268" s="9">
         <v>1.0</v>
       </c>
       <c r="H268" s="10">
         <f>SUM(F268*G268)</f>
-        <v>8.1</v>
+        <v>342</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="8" t="s">
         <v>525</v>
       </c>
       <c r="B269" s="8" t="s">
         <v>526</v>
       </c>
       <c r="C269" s="8"/>
       <c r="D269" s="8"/>
       <c r="E269" s="8"/>
       <c r="F269" s="10">
-        <v>342</v>
+        <v>32.4</v>
       </c>
       <c r="G269" s="9">
         <v>1.0</v>
       </c>
       <c r="H269" s="10">
         <f>SUM(F269*G269)</f>
-        <v>342</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="8" t="s">
         <v>527</v>
       </c>
       <c r="B270" s="8" t="s">
         <v>528</v>
       </c>
       <c r="C270" s="8"/>
       <c r="D270" s="8"/>
       <c r="E270" s="8"/>
       <c r="F270" s="10">
-        <v>32.4</v>
+        <v>135</v>
       </c>
       <c r="G270" s="9">
         <v>1.0</v>
       </c>
       <c r="H270" s="10">
         <f>SUM(F270*G270)</f>
-        <v>32.4</v>
+        <v>135</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="8" t="s">
         <v>529</v>
       </c>
       <c r="B271" s="8" t="s">
         <v>530</v>
       </c>
       <c r="C271" s="8"/>
       <c r="D271" s="8"/>
       <c r="E271" s="8"/>
       <c r="F271" s="10">
-        <v>135</v>
+        <v>62.1</v>
       </c>
       <c r="G271" s="9">
         <v>1.0</v>
       </c>
       <c r="H271" s="10">
         <f>SUM(F271*G271)</f>
-        <v>135</v>
+        <v>62.1</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="8" t="s">
         <v>531</v>
       </c>
       <c r="B272" s="8" t="s">
         <v>532</v>
       </c>
       <c r="C272" s="8"/>
       <c r="D272" s="8"/>
       <c r="E272" s="8"/>
       <c r="F272" s="10">
         <v>62.1</v>
       </c>
       <c r="G272" s="9">
         <v>1.0</v>
       </c>
       <c r="H272" s="10">
         <f>SUM(F272*G272)</f>
         <v>62.1</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="8" t="s">
         <v>533</v>
       </c>
       <c r="B273" s="8" t="s">
         <v>534</v>
       </c>
       <c r="C273" s="8"/>
       <c r="D273" s="8"/>
       <c r="E273" s="8"/>
       <c r="F273" s="10">
-        <v>62.1</v>
+        <v>26.1</v>
       </c>
       <c r="G273" s="9">
         <v>1.0</v>
       </c>
       <c r="H273" s="10">
         <f>SUM(F273*G273)</f>
-        <v>62.1</v>
+        <v>26.1</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="8" t="s">
         <v>535</v>
       </c>
       <c r="B274" s="8" t="s">
         <v>536</v>
       </c>
       <c r="C274" s="8"/>
       <c r="D274" s="8"/>
       <c r="E274" s="8"/>
       <c r="F274" s="10">
-        <v>26.1</v>
+        <v>62.1</v>
       </c>
       <c r="G274" s="9">
         <v>1.0</v>
       </c>
       <c r="H274" s="10">
         <f>SUM(F274*G274)</f>
-        <v>26.1</v>
+        <v>62.1</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="8" t="s">
         <v>537</v>
       </c>
       <c r="B275" s="8" t="s">
         <v>538</v>
       </c>
       <c r="C275" s="8"/>
       <c r="D275" s="8"/>
       <c r="E275" s="8"/>
       <c r="F275" s="10">
-        <v>62.1</v>
+        <v>67.5</v>
       </c>
       <c r="G275" s="9">
         <v>1.0</v>
       </c>
       <c r="H275" s="10">
         <f>SUM(F275*G275)</f>
-        <v>62.1</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="8" t="s">
         <v>539</v>
       </c>
       <c r="B276" s="8" t="s">
         <v>540</v>
       </c>
       <c r="C276" s="8"/>
       <c r="D276" s="8"/>
       <c r="E276" s="8"/>
       <c r="F276" s="10">
-        <v>67.5</v>
+        <v>53.1</v>
       </c>
       <c r="G276" s="9">
         <v>1.0</v>
       </c>
       <c r="H276" s="10">
         <f>SUM(F276*G276)</f>
-        <v>67.5</v>
+        <v>53.1</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="8" t="s">
         <v>541</v>
       </c>
       <c r="B277" s="8" t="s">
         <v>542</v>
       </c>
       <c r="C277" s="8"/>
       <c r="D277" s="8"/>
       <c r="E277" s="8"/>
       <c r="F277" s="10">
-        <v>53.1</v>
+        <v>37.8</v>
       </c>
       <c r="G277" s="9">
         <v>1.0</v>
       </c>
       <c r="H277" s="10">
         <f>SUM(F277*G277)</f>
-        <v>53.1</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="8" t="s">
         <v>543</v>
       </c>
       <c r="B278" s="8" t="s">
         <v>544</v>
       </c>
       <c r="C278" s="8"/>
       <c r="D278" s="8"/>
       <c r="E278" s="8"/>
       <c r="F278" s="10">
         <v>37.8</v>
       </c>
       <c r="G278" s="9">
         <v>1.0</v>
       </c>
       <c r="H278" s="10">
         <f>SUM(F278*G278)</f>
         <v>37.8</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="8" t="s">
         <v>545</v>
       </c>
       <c r="B279" s="8" t="s">
         <v>546</v>
       </c>
       <c r="C279" s="8"/>
       <c r="D279" s="8"/>
       <c r="E279" s="8"/>
       <c r="F279" s="10">
-        <v>37.8</v>
+        <v>19.8</v>
       </c>
       <c r="G279" s="9">
         <v>1.0</v>
       </c>
       <c r="H279" s="10">
         <f>SUM(F279*G279)</f>
-        <v>37.8</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="8" t="s">
         <v>547</v>
       </c>
       <c r="B280" s="8" t="s">
         <v>548</v>
       </c>
       <c r="C280" s="8"/>
       <c r="D280" s="8"/>
       <c r="E280" s="8"/>
       <c r="F280" s="10">
-        <v>19.8</v>
+        <v>44.1</v>
       </c>
       <c r="G280" s="9">
         <v>1.0</v>
       </c>
       <c r="H280" s="10">
         <f>SUM(F280*G280)</f>
-        <v>19.8</v>
+        <v>44.1</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="8" t="s">
         <v>549</v>
       </c>
       <c r="B281" s="8" t="s">
         <v>550</v>
       </c>
       <c r="C281" s="8"/>
       <c r="D281" s="8"/>
       <c r="E281" s="8"/>
       <c r="F281" s="10">
-        <v>44.1</v>
+        <v>14.4</v>
       </c>
       <c r="G281" s="9">
         <v>1.0</v>
       </c>
       <c r="H281" s="10">
         <f>SUM(F281*G281)</f>
-        <v>44.1</v>
+        <v>14.4</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="8" t="s">
         <v>551</v>
       </c>
       <c r="B282" s="8" t="s">
         <v>552</v>
       </c>
       <c r="C282" s="8"/>
       <c r="D282" s="8"/>
       <c r="E282" s="8"/>
       <c r="F282" s="10">
-        <v>14.4</v>
+        <v>44.1</v>
       </c>
       <c r="G282" s="9">
         <v>1.0</v>
       </c>
       <c r="H282" s="10">
         <f>SUM(F282*G282)</f>
-        <v>14.4</v>
+        <v>44.1</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="8" t="s">
         <v>553</v>
       </c>
       <c r="B283" s="8" t="s">
         <v>554</v>
       </c>
       <c r="C283" s="8"/>
       <c r="D283" s="8"/>
       <c r="E283" s="8"/>
       <c r="F283" s="10">
-        <v>44.1</v>
+        <v>10.8</v>
       </c>
       <c r="G283" s="9">
         <v>1.0</v>
       </c>
       <c r="H283" s="10">
         <f>SUM(F283*G283)</f>
-        <v>44.1</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="8" t="s">
         <v>555</v>
       </c>
       <c r="B284" s="8" t="s">
         <v>556</v>
       </c>
       <c r="C284" s="8"/>
       <c r="D284" s="8"/>
       <c r="E284" s="8"/>
       <c r="F284" s="10">
-        <v>10.8</v>
+        <v>41.4</v>
       </c>
       <c r="G284" s="9">
         <v>1.0</v>
       </c>
       <c r="H284" s="10">
         <f>SUM(F284*G284)</f>
-        <v>10.8</v>
+        <v>41.4</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="8" t="s">
         <v>557</v>
       </c>
       <c r="B285" s="8" t="s">
         <v>558</v>
       </c>
       <c r="C285" s="8"/>
       <c r="D285" s="8"/>
       <c r="E285" s="8"/>
       <c r="F285" s="10">
-        <v>41.4</v>
+        <v>15.3</v>
       </c>
       <c r="G285" s="9">
         <v>1.0</v>
       </c>
       <c r="H285" s="10">
         <f>SUM(F285*G285)</f>
-        <v>41.4</v>
+        <v>15.3</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="8" t="s">
         <v>559</v>
       </c>
       <c r="B286" s="8" t="s">
         <v>560</v>
       </c>
       <c r="C286" s="8"/>
       <c r="D286" s="8"/>
       <c r="E286" s="8"/>
       <c r="F286" s="10">
         <v>15.3</v>
       </c>
       <c r="G286" s="9">
         <v>1.0</v>
       </c>
       <c r="H286" s="10">
         <f>SUM(F286*G286)</f>
         <v>15.3</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="8" t="s">
@@ -8156,194 +8150,173 @@
       <c r="C287" s="8"/>
       <c r="D287" s="8"/>
       <c r="E287" s="8"/>
       <c r="F287" s="10">
         <v>15.3</v>
       </c>
       <c r="G287" s="9">
         <v>1.0</v>
       </c>
       <c r="H287" s="10">
         <f>SUM(F287*G287)</f>
         <v>15.3</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="8" t="s">
         <v>563</v>
       </c>
       <c r="B288" s="8" t="s">
         <v>564</v>
       </c>
       <c r="C288" s="8"/>
       <c r="D288" s="8"/>
       <c r="E288" s="8"/>
       <c r="F288" s="10">
-        <v>15.3</v>
+        <v>33.3</v>
       </c>
       <c r="G288" s="9">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="H288" s="10">
         <f>SUM(F288*G288)</f>
-        <v>15.3</v>
+        <v>166.5</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="8" t="s">
         <v>565</v>
       </c>
       <c r="B289" s="8" t="s">
         <v>566</v>
       </c>
       <c r="C289" s="8"/>
       <c r="D289" s="8"/>
       <c r="E289" s="8"/>
       <c r="F289" s="10">
-        <v>33.3</v>
+        <v>19.8</v>
       </c>
       <c r="G289" s="9">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="H289" s="10">
         <f>SUM(F289*G289)</f>
-        <v>166.5</v>
+        <v>79.2</v>
       </c>
     </row>
     <row r="290" spans="1:8">
-      <c r="A290" s="8" t="s">
+      <c r="G290" s="12" t="s">
         <v>567</v>
       </c>
-      <c r="B290" s="8" t="s">
-[...13 lines deleted...]
-        <v>79.2</v>
+      <c r="H290" s="11">
+        <f>SUM(H15:H289)</f>
+        <v>16110.81</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="G291" s="12" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="H291" s="11">
-        <f>SUM(H15:H290)</f>
-        <v>16069.41</v>
+        <f>IF(AND(H290&gt;=1000,H290&lt;5000),H290*0.03,IF(AND(H290&gt;=5000,H290&lt;10000),H290*0.04,IF(H290&gt;=10000,H290*0.05,0)))</f>
+        <v>805.5405</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="G292" s="12" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H292" s="11">
-        <f>IF(AND(H291&gt;=1000,H291&lt;5000),H291*0.03,IF(AND(H291&gt;=5000,H291&lt;10000),H291*0.04,IF(H291&gt;=10000,H291*0.05,0)))</f>
-        <v>803.4705</v>
+        <f>H290-H291</f>
+        <v>15305.2695</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="G293" s="12" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H293" s="11">
-        <f>H291-H292</f>
-        <v>15265.9395</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="G294" s="12" t="s">
+        <v>571</v>
+      </c>
+      <c r="H294" s="11">
+        <f>SUM(H292:H293)</f>
+        <v>15305.2695</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8" customHeight="1" ht="22">
+      <c r="A297" s="13" t="s">
         <v>572</v>
       </c>
-      <c r="H294" s="11">
-[...4 lines deleted...]
-      <c r="G295" s="12" t="s">
+      <c r="B297" s="13"/>
+      <c r="C297" s="13"/>
+    </row>
+    <row r="298" spans="1:8" customHeight="1" ht="29">
+      <c r="A298" s="14" t="s">
         <v>573</v>
       </c>
-      <c r="H295" s="11">
-[...9 lines deleted...]
-      <c r="C298" s="13"/>
+      <c r="B298" s="14"/>
+      <c r="C298" s="14"/>
     </row>
     <row r="299" spans="1:8" customHeight="1" ht="29">
       <c r="A299" s="14" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="B299" s="14"/>
       <c r="C299" s="14"/>
     </row>
     <row r="300" spans="1:8" customHeight="1" ht="29">
       <c r="A300" s="14" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="B300" s="14"/>
       <c r="C300" s="14"/>
     </row>
-    <row r="301" spans="1:8" customHeight="1" ht="29">
+    <row r="301" spans="1:8" customHeight="1" ht="19">
       <c r="A301" s="14" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="B301" s="14"/>
       <c r="C301" s="14"/>
     </row>
-    <row r="302" spans="1:8" customHeight="1" ht="19">
-      <c r="A302" s="14" t="s">
+    <row r="302" spans="1:8" customHeight="1" ht="21">
+      <c r="A302" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="B302" s="15"/>
+      <c r="C302" s="15"/>
+    </row>
+    <row r="303" spans="1:8" customHeight="1" ht="29">
+      <c r="A303" s="15" t="s">
         <v>578</v>
-      </c>
-[...5 lines deleted...]
-        <v>579</v>
       </c>
       <c r="B303" s="15"/>
       <c r="C303" s="15"/>
-    </row>
-[...5 lines deleted...]
-      <c r="C304" s="15"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:E8"/>
     <mergeCell ref="F7:H7"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="A9:E11"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="F10:H10"/>
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="A12:E13"/>
     <mergeCell ref="F12:H13"/>
     <mergeCell ref="B14:E14"/>
     <mergeCell ref="B15:E15"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B22:E22"/>
     <mergeCell ref="B23:E23"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="B25:E25"/>
@@ -8589,58 +8562,57 @@
     <mergeCell ref="B265:E265"/>
     <mergeCell ref="B266:E266"/>
     <mergeCell ref="B267:E267"/>
     <mergeCell ref="B268:E268"/>
     <mergeCell ref="B269:E269"/>
     <mergeCell ref="B270:E270"/>
     <mergeCell ref="B271:E271"/>
     <mergeCell ref="B272:E272"/>
     <mergeCell ref="B273:E273"/>
     <mergeCell ref="B274:E274"/>
     <mergeCell ref="B275:E275"/>
     <mergeCell ref="B276:E276"/>
     <mergeCell ref="B277:E277"/>
     <mergeCell ref="B278:E278"/>
     <mergeCell ref="B279:E279"/>
     <mergeCell ref="B280:E280"/>
     <mergeCell ref="B281:E281"/>
     <mergeCell ref="B282:E282"/>
     <mergeCell ref="B283:E283"/>
     <mergeCell ref="B284:E284"/>
     <mergeCell ref="B285:E285"/>
     <mergeCell ref="B286:E286"/>
     <mergeCell ref="B287:E287"/>
     <mergeCell ref="B288:E288"/>
     <mergeCell ref="B289:E289"/>
-    <mergeCell ref="B290:E290"/>
+    <mergeCell ref="A297:C297"/>
     <mergeCell ref="A298:C298"/>
     <mergeCell ref="A299:C299"/>
     <mergeCell ref="A300:C300"/>
     <mergeCell ref="A301:C301"/>
     <mergeCell ref="A302:C302"/>
     <mergeCell ref="A303:C303"/>
-    <mergeCell ref="A304:C304"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddFooter>&amp;C Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>