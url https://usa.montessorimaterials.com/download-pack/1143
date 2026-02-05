--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -2732,100 +2732,100 @@
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="10">
         <v>26.1</v>
       </c>
       <c r="G29" s="9">
         <v>1.0</v>
       </c>
       <c r="H29" s="10">
         <f>SUM(F29*G29)</f>
         <v>26.1</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="10">
-        <v>35.1</v>
+        <v>37.8</v>
       </c>
       <c r="G30" s="9">
         <v>1.0</v>
       </c>
       <c r="H30" s="10">
         <f>SUM(F30*G30)</f>
-        <v>35.1</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="10">
         <v>35.55</v>
       </c>
       <c r="G31" s="9">
         <v>1.0</v>
       </c>
       <c r="H31" s="10">
         <f>SUM(F31*G31)</f>
         <v>35.55</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="10">
-        <v>80.1</v>
+        <v>91.8</v>
       </c>
       <c r="G32" s="9">
         <v>1.0</v>
       </c>
       <c r="H32" s="10">
         <f>SUM(F32*G32)</f>
-        <v>80.1</v>
+        <v>91.8</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="10">
         <v>14.4</v>
       </c>
       <c r="G33" s="9">
         <v>1.0</v>
       </c>
       <c r="H33" s="10">
         <f>SUM(F33*G33)</f>
         <v>14.4</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
@@ -2900,58 +2900,58 @@
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="10">
         <v>44.1</v>
       </c>
       <c r="G37" s="9">
         <v>1.0</v>
       </c>
       <c r="H37" s="10">
         <f>SUM(F37*G37)</f>
         <v>44.1</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>63</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="10">
-        <v>48.6</v>
+        <v>52.2</v>
       </c>
       <c r="G38" s="9">
         <v>1.0</v>
       </c>
       <c r="H38" s="10">
         <f>SUM(F38*G38)</f>
-        <v>48.6</v>
+        <v>52.2</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>65</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="10">
         <v>19.8</v>
       </c>
       <c r="G39" s="9">
         <v>1.0</v>
       </c>
       <c r="H39" s="10">
         <f>SUM(F39*G39)</f>
         <v>19.8</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
@@ -4538,58 +4538,58 @@
       <c r="C115" s="8"/>
       <c r="D115" s="8"/>
       <c r="E115" s="8"/>
       <c r="F115" s="10">
         <v>41.4</v>
       </c>
       <c r="G115" s="9">
         <v>1.0</v>
       </c>
       <c r="H115" s="10">
         <f>SUM(F115*G115)</f>
         <v>41.4</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="8" t="s">
         <v>219</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>220</v>
       </c>
       <c r="C116" s="8"/>
       <c r="D116" s="8"/>
       <c r="E116" s="8"/>
       <c r="F116" s="10">
-        <v>65.7</v>
+        <v>71.1</v>
       </c>
       <c r="G116" s="9">
         <v>1.0</v>
       </c>
       <c r="H116" s="10">
         <f>SUM(F116*G116)</f>
-        <v>65.7</v>
+        <v>71.1</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="8" t="s">
         <v>221</v>
       </c>
       <c r="B117" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C117" s="8"/>
       <c r="D117" s="8"/>
       <c r="E117" s="8"/>
       <c r="F117" s="10">
         <v>125.1</v>
       </c>
       <c r="G117" s="9">
         <v>1.0</v>
       </c>
       <c r="H117" s="10">
         <f>SUM(F117*G117)</f>
         <v>125.1</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="8" t="s">
@@ -4706,58 +4706,58 @@
       <c r="C123" s="8"/>
       <c r="D123" s="8"/>
       <c r="E123" s="8"/>
       <c r="F123" s="10">
         <v>35.1</v>
       </c>
       <c r="G123" s="9">
         <v>1.0</v>
       </c>
       <c r="H123" s="10">
         <f>SUM(F123*G123)</f>
         <v>35.1</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="8" t="s">
         <v>235</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>236</v>
       </c>
       <c r="C124" s="8"/>
       <c r="D124" s="8"/>
       <c r="E124" s="8"/>
       <c r="F124" s="10">
-        <v>62.1</v>
+        <v>66.6</v>
       </c>
       <c r="G124" s="9">
         <v>1.0</v>
       </c>
       <c r="H124" s="10">
         <f>SUM(F124*G124)</f>
-        <v>62.1</v>
+        <v>66.6</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="8" t="s">
         <v>237</v>
       </c>
       <c r="B125" s="8" t="s">
         <v>238</v>
       </c>
       <c r="C125" s="8"/>
       <c r="D125" s="8"/>
       <c r="E125" s="8"/>
       <c r="F125" s="10">
         <v>55.8</v>
       </c>
       <c r="G125" s="9">
         <v>1.0</v>
       </c>
       <c r="H125" s="10">
         <f>SUM(F125*G125)</f>
         <v>55.8</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="8" t="s">
@@ -7961,58 +7961,58 @@
       <c r="C278" s="8"/>
       <c r="D278" s="8"/>
       <c r="E278" s="8"/>
       <c r="F278" s="10">
         <v>37.8</v>
       </c>
       <c r="G278" s="9">
         <v>1.0</v>
       </c>
       <c r="H278" s="10">
         <f>SUM(F278*G278)</f>
         <v>37.8</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="8" t="s">
         <v>545</v>
       </c>
       <c r="B279" s="8" t="s">
         <v>546</v>
       </c>
       <c r="C279" s="8"/>
       <c r="D279" s="8"/>
       <c r="E279" s="8"/>
       <c r="F279" s="10">
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
       <c r="G279" s="9">
         <v>1.0</v>
       </c>
       <c r="H279" s="10">
         <f>SUM(F279*G279)</f>
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="8" t="s">
         <v>547</v>
       </c>
       <c r="B280" s="8" t="s">
         <v>548</v>
       </c>
       <c r="C280" s="8"/>
       <c r="D280" s="8"/>
       <c r="E280" s="8"/>
       <c r="F280" s="10">
         <v>44.1</v>
       </c>
       <c r="G280" s="9">
         <v>1.0</v>
       </c>
       <c r="H280" s="10">
         <f>SUM(F280*G280)</f>
         <v>44.1</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="8" t="s">
@@ -8187,86 +8187,86 @@
         <v>565</v>
       </c>
       <c r="B289" s="8" t="s">
         <v>566</v>
       </c>
       <c r="C289" s="8"/>
       <c r="D289" s="8"/>
       <c r="E289" s="8"/>
       <c r="F289" s="10">
         <v>19.8</v>
       </c>
       <c r="G289" s="9">
         <v>4.0</v>
       </c>
       <c r="H289" s="10">
         <f>SUM(F289*G289)</f>
         <v>79.2</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="G290" s="12" t="s">
         <v>567</v>
       </c>
       <c r="H290" s="11">
         <f>SUM(H15:H289)</f>
-        <v>16110.81</v>
+        <v>16135.11</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="G291" s="12" t="s">
         <v>568</v>
       </c>
       <c r="H291" s="11">
         <f>IF(AND(H290&gt;=1000,H290&lt;5000),H290*0.03,IF(AND(H290&gt;=5000,H290&lt;10000),H290*0.04,IF(H290&gt;=10000,H290*0.05,0)))</f>
-        <v>805.5405</v>
+        <v>806.7555</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="G292" s="12" t="s">
         <v>569</v>
       </c>
       <c r="H292" s="11">
         <f>H290-H291</f>
-        <v>15305.2695</v>
+        <v>15328.3545</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="G293" s="12" t="s">
         <v>570</v>
       </c>
       <c r="H293" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="G294" s="12" t="s">
         <v>571</v>
       </c>
       <c r="H294" s="11">
         <f>SUM(H292:H293)</f>
-        <v>15305.2695</v>
+        <v>15328.3545</v>
       </c>
     </row>
     <row r="297" spans="1:8" customHeight="1" ht="22">
       <c r="A297" s="13" t="s">
         <v>572</v>
       </c>
       <c r="B297" s="13"/>
       <c r="C297" s="13"/>
     </row>
     <row r="298" spans="1:8" customHeight="1" ht="29">
       <c r="A298" s="14" t="s">
         <v>573</v>
       </c>
       <c r="B298" s="14"/>
       <c r="C298" s="14"/>
     </row>
     <row r="299" spans="1:8" customHeight="1" ht="29">
       <c r="A299" s="14" t="s">
         <v>574</v>
       </c>
       <c r="B299" s="14"/>
       <c r="C299" s="14"/>
     </row>
     <row r="300" spans="1:8" customHeight="1" ht="29">
       <c r="A300" s="14" t="s">