--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -460,51 +460,51 @@
   <si>
     <t>Montessori Braiding Board</t>
   </si>
   <si>
     <t>1.11.13</t>
   </si>
   <si>
     <t xml:space="preserve"> Fall Collection: Wooden Lacing (Threading) Apple</t>
   </si>
   <si>
     <t>1.20.02</t>
   </si>
   <si>
     <t>Planting Seeds Spring Activity Set</t>
   </si>
   <si>
     <t>1.20.06</t>
   </si>
   <si>
     <t>Watering Plants Activity</t>
   </si>
   <si>
     <t>2.01</t>
   </si>
   <si>
-    <t>Pink Tower</t>
+    <t xml:space="preserve">Pink Tower - Premium Quality </t>
   </si>
   <si>
     <t>2.01.02</t>
   </si>
   <si>
     <t>Pink Tower Stand</t>
   </si>
   <si>
     <t>2.01.03</t>
   </si>
   <si>
     <t xml:space="preserve">Montessori Pink Tower Matching Cards </t>
   </si>
   <si>
     <t>2.02</t>
   </si>
   <si>
     <t>Broad (Brown) Stair - Brown Lacquer</t>
   </si>
   <si>
     <t>2.02.01</t>
   </si>
   <si>
     <t>Broad (Brown) Stairs Paper</t>
   </si>
@@ -2774,58 +2774,58 @@
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="10">
         <v>35.55</v>
       </c>
       <c r="G31" s="9">
         <v>1.0</v>
       </c>
       <c r="H31" s="10">
         <f>SUM(F31*G31)</f>
         <v>35.55</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="10">
-        <v>91.8</v>
+        <v>95.4</v>
       </c>
       <c r="G32" s="9">
         <v>1.0</v>
       </c>
       <c r="H32" s="10">
         <f>SUM(F32*G32)</f>
-        <v>91.8</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="10">
         <v>14.4</v>
       </c>
       <c r="G33" s="9">
         <v>1.0</v>
       </c>
       <c r="H33" s="10">
         <f>SUM(F33*G33)</f>
         <v>14.4</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
@@ -3110,100 +3110,100 @@
       <c r="C47" s="8"/>
       <c r="D47" s="8"/>
       <c r="E47" s="8"/>
       <c r="F47" s="10">
         <v>23.4</v>
       </c>
       <c r="G47" s="9">
         <v>1.0</v>
       </c>
       <c r="H47" s="10">
         <f>SUM(F47*G47)</f>
         <v>23.4</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>83</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="10">
-        <v>30.6</v>
+        <v>34.2</v>
       </c>
       <c r="G48" s="9">
         <v>1.0</v>
       </c>
       <c r="H48" s="10">
         <f>SUM(F48*G48)</f>
-        <v>30.6</v>
+        <v>34.2</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>85</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>86</v>
       </c>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="10">
-        <v>25.2</v>
+        <v>30.6</v>
       </c>
       <c r="G49" s="9">
         <v>1.0</v>
       </c>
       <c r="H49" s="10">
         <f>SUM(F49*G49)</f>
-        <v>25.2</v>
+        <v>30.6</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>87</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C50" s="8"/>
       <c r="D50" s="8"/>
       <c r="E50" s="8"/>
       <c r="F50" s="10">
-        <v>25.2</v>
+        <v>30.6</v>
       </c>
       <c r="G50" s="9">
         <v>1.0</v>
       </c>
       <c r="H50" s="10">
         <f>SUM(F50*G50)</f>
-        <v>25.2</v>
+        <v>30.6</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>89</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
       <c r="E51" s="8"/>
       <c r="F51" s="10">
         <v>18.9</v>
       </c>
       <c r="G51" s="9">
         <v>1.0</v>
       </c>
       <c r="H51" s="10">
         <f>SUM(F51*G51)</f>
         <v>18.9</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
@@ -3467,79 +3467,79 @@
       <c r="C64" s="8"/>
       <c r="D64" s="8"/>
       <c r="E64" s="8"/>
       <c r="F64" s="10">
         <v>35.1</v>
       </c>
       <c r="G64" s="9">
         <v>1.0</v>
       </c>
       <c r="H64" s="10">
         <f>SUM(F64*G64)</f>
         <v>35.1</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>117</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>118</v>
       </c>
       <c r="C65" s="8"/>
       <c r="D65" s="8"/>
       <c r="E65" s="8"/>
       <c r="F65" s="10">
-        <v>28.8</v>
+        <v>43.2</v>
       </c>
       <c r="G65" s="9">
         <v>1.0</v>
       </c>
       <c r="H65" s="10">
         <f>SUM(F65*G65)</f>
-        <v>28.8</v>
+        <v>43.2</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>119</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C66" s="8"/>
       <c r="D66" s="8"/>
       <c r="E66" s="8"/>
       <c r="F66" s="10">
-        <v>17.1</v>
+        <v>23.4</v>
       </c>
       <c r="G66" s="9">
         <v>1.0</v>
       </c>
       <c r="H66" s="10">
         <f>SUM(F66*G66)</f>
-        <v>17.1</v>
+        <v>23.4</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>121</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C67" s="8"/>
       <c r="D67" s="8"/>
       <c r="E67" s="8"/>
       <c r="F67" s="10">
         <v>31.5</v>
       </c>
       <c r="G67" s="9">
         <v>1.0</v>
       </c>
       <c r="H67" s="10">
         <f>SUM(F67*G67)</f>
         <v>31.5</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
@@ -3782,58 +3782,58 @@
       <c r="C79" s="8"/>
       <c r="D79" s="8"/>
       <c r="E79" s="8"/>
       <c r="F79" s="10">
         <v>23.4</v>
       </c>
       <c r="G79" s="9">
         <v>1.0</v>
       </c>
       <c r="H79" s="10">
         <f>SUM(F79*G79)</f>
         <v>23.4</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>147</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>148</v>
       </c>
       <c r="C80" s="8"/>
       <c r="D80" s="8"/>
       <c r="E80" s="8"/>
       <c r="F80" s="10">
-        <v>107.1</v>
+        <v>116.1</v>
       </c>
       <c r="G80" s="9">
         <v>1.0</v>
       </c>
       <c r="H80" s="10">
         <f>SUM(F80*G80)</f>
-        <v>107.1</v>
+        <v>116.1</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>149</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C81" s="8"/>
       <c r="D81" s="8"/>
       <c r="E81" s="8"/>
       <c r="F81" s="10">
         <v>19.8</v>
       </c>
       <c r="G81" s="9">
         <v>1.0</v>
       </c>
       <c r="H81" s="10">
         <f>SUM(F81*G81)</f>
         <v>19.8</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="8" t="s">
@@ -3971,79 +3971,79 @@
       <c r="C88" s="8"/>
       <c r="D88" s="8"/>
       <c r="E88" s="8"/>
       <c r="F88" s="10">
         <v>15.3</v>
       </c>
       <c r="G88" s="9">
         <v>1.0</v>
       </c>
       <c r="H88" s="10">
         <f>SUM(F88*G88)</f>
         <v>15.3</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="8" t="s">
         <v>165</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>166</v>
       </c>
       <c r="C89" s="8"/>
       <c r="D89" s="8"/>
       <c r="E89" s="8"/>
       <c r="F89" s="10">
-        <v>242.1</v>
+        <v>251.1</v>
       </c>
       <c r="G89" s="9">
         <v>1.0</v>
       </c>
       <c r="H89" s="10">
         <f>SUM(F89*G89)</f>
-        <v>242.1</v>
+        <v>251.1</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="8" t="s">
         <v>167</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>168</v>
       </c>
       <c r="C90" s="8"/>
       <c r="D90" s="8"/>
       <c r="E90" s="8"/>
       <c r="F90" s="10">
-        <v>165.6</v>
+        <v>170.1</v>
       </c>
       <c r="G90" s="9">
         <v>1.0</v>
       </c>
       <c r="H90" s="10">
         <f>SUM(F90*G90)</f>
-        <v>165.6</v>
+        <v>170.1</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="8" t="s">
         <v>169</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>170</v>
       </c>
       <c r="C91" s="8"/>
       <c r="D91" s="8"/>
       <c r="E91" s="8"/>
       <c r="F91" s="10">
         <v>32.4</v>
       </c>
       <c r="G91" s="9">
         <v>1.0</v>
       </c>
       <c r="H91" s="10">
         <f>SUM(F91*G91)</f>
         <v>32.4</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="8" t="s">
@@ -4202,58 +4202,58 @@
       <c r="C99" s="8"/>
       <c r="D99" s="8"/>
       <c r="E99" s="8"/>
       <c r="F99" s="10">
         <v>46.8</v>
       </c>
       <c r="G99" s="9">
         <v>1.0</v>
       </c>
       <c r="H99" s="10">
         <f>SUM(F99*G99)</f>
         <v>46.8</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="8" t="s">
         <v>187</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>188</v>
       </c>
       <c r="C100" s="8"/>
       <c r="D100" s="8"/>
       <c r="E100" s="8"/>
       <c r="F100" s="10">
-        <v>44.1</v>
+        <v>51.3</v>
       </c>
       <c r="G100" s="9">
         <v>1.0</v>
       </c>
       <c r="H100" s="10">
         <f>SUM(F100*G100)</f>
-        <v>44.1</v>
+        <v>51.3</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="8" t="s">
         <v>189</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>190</v>
       </c>
       <c r="C101" s="8"/>
       <c r="D101" s="8"/>
       <c r="E101" s="8"/>
       <c r="F101" s="10">
         <v>37.8</v>
       </c>
       <c r="G101" s="9">
         <v>1.0</v>
       </c>
       <c r="H101" s="10">
         <f>SUM(F101*G101)</f>
         <v>37.8</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="8" t="s">
@@ -4475,121 +4475,121 @@
       <c r="C112" s="8"/>
       <c r="D112" s="8"/>
       <c r="E112" s="8"/>
       <c r="F112" s="10">
         <v>47.7</v>
       </c>
       <c r="G112" s="9">
         <v>1.0</v>
       </c>
       <c r="H112" s="10">
         <f>SUM(F112*G112)</f>
         <v>47.7</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="8" t="s">
         <v>213</v>
       </c>
       <c r="B113" s="8" t="s">
         <v>214</v>
       </c>
       <c r="C113" s="8"/>
       <c r="D113" s="8"/>
       <c r="E113" s="8"/>
       <c r="F113" s="10">
-        <v>43.2</v>
+        <v>52.2</v>
       </c>
       <c r="G113" s="9">
         <v>1.0</v>
       </c>
       <c r="H113" s="10">
         <f>SUM(F113*G113)</f>
-        <v>43.2</v>
+        <v>52.2</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="8" t="s">
         <v>215</v>
       </c>
       <c r="B114" s="8" t="s">
         <v>216</v>
       </c>
       <c r="C114" s="8"/>
       <c r="D114" s="8"/>
       <c r="E114" s="8"/>
       <c r="F114" s="10">
         <v>86.4</v>
       </c>
       <c r="G114" s="9">
         <v>1.0</v>
       </c>
       <c r="H114" s="10">
         <f>SUM(F114*G114)</f>
         <v>86.4</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="8" t="s">
         <v>217</v>
       </c>
       <c r="B115" s="8" t="s">
         <v>218</v>
       </c>
       <c r="C115" s="8"/>
       <c r="D115" s="8"/>
       <c r="E115" s="8"/>
       <c r="F115" s="10">
-        <v>41.4</v>
+        <v>46.8</v>
       </c>
       <c r="G115" s="9">
         <v>1.0</v>
       </c>
       <c r="H115" s="10">
         <f>SUM(F115*G115)</f>
-        <v>41.4</v>
+        <v>46.8</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="8" t="s">
         <v>219</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>220</v>
       </c>
       <c r="C116" s="8"/>
       <c r="D116" s="8"/>
       <c r="E116" s="8"/>
       <c r="F116" s="10">
-        <v>71.1</v>
+        <v>74.7</v>
       </c>
       <c r="G116" s="9">
         <v>1.0</v>
       </c>
       <c r="H116" s="10">
         <f>SUM(F116*G116)</f>
-        <v>71.1</v>
+        <v>74.7</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="8" t="s">
         <v>221</v>
       </c>
       <c r="B117" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C117" s="8"/>
       <c r="D117" s="8"/>
       <c r="E117" s="8"/>
       <c r="F117" s="10">
         <v>125.1</v>
       </c>
       <c r="G117" s="9">
         <v>1.0</v>
       </c>
       <c r="H117" s="10">
         <f>SUM(F117*G117)</f>
         <v>125.1</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="8" t="s">
@@ -6071,58 +6071,58 @@
       <c r="C188" s="8"/>
       <c r="D188" s="8"/>
       <c r="E188" s="8"/>
       <c r="F188" s="10">
         <v>28.8</v>
       </c>
       <c r="G188" s="9">
         <v>1.0</v>
       </c>
       <c r="H188" s="10">
         <f>SUM(F188*G188)</f>
         <v>28.8</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="8" t="s">
         <v>365</v>
       </c>
       <c r="B189" s="8" t="s">
         <v>366</v>
       </c>
       <c r="C189" s="8"/>
       <c r="D189" s="8"/>
       <c r="E189" s="8"/>
       <c r="F189" s="10">
-        <v>10.8</v>
+        <v>12.6</v>
       </c>
       <c r="G189" s="9">
         <v>1.0</v>
       </c>
       <c r="H189" s="10">
         <f>SUM(F189*G189)</f>
-        <v>10.8</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="8" t="s">
         <v>367</v>
       </c>
       <c r="B190" s="8" t="s">
         <v>368</v>
       </c>
       <c r="C190" s="8"/>
       <c r="D190" s="8"/>
       <c r="E190" s="8"/>
       <c r="F190" s="10">
         <v>55.8</v>
       </c>
       <c r="G190" s="9">
         <v>1.0</v>
       </c>
       <c r="H190" s="10">
         <f>SUM(F190*G190)</f>
         <v>55.8</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="8" t="s">
@@ -8187,86 +8187,86 @@
         <v>565</v>
       </c>
       <c r="B289" s="8" t="s">
         <v>566</v>
       </c>
       <c r="C289" s="8"/>
       <c r="D289" s="8"/>
       <c r="E289" s="8"/>
       <c r="F289" s="10">
         <v>19.8</v>
       </c>
       <c r="G289" s="9">
         <v>4.0</v>
       </c>
       <c r="H289" s="10">
         <f>SUM(F289*G289)</f>
         <v>79.2</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="G290" s="12" t="s">
         <v>567</v>
       </c>
       <c r="H290" s="11">
         <f>SUM(H15:H289)</f>
-        <v>16135.11</v>
+        <v>16223.31</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="G291" s="12" t="s">
         <v>568</v>
       </c>
       <c r="H291" s="11">
         <f>IF(AND(H290&gt;=1000,H290&lt;5000),H290*0.03,IF(AND(H290&gt;=5000,H290&lt;10000),H290*0.04,IF(H290&gt;=10000,H290*0.05,0)))</f>
-        <v>806.7555</v>
+        <v>811.1655</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="G292" s="12" t="s">
         <v>569</v>
       </c>
       <c r="H292" s="11">
         <f>H290-H291</f>
-        <v>15328.3545</v>
+        <v>15412.1445</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="G293" s="12" t="s">
         <v>570</v>
       </c>
       <c r="H293" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="G294" s="12" t="s">
         <v>571</v>
       </c>
       <c r="H294" s="11">
         <f>SUM(H292:H293)</f>
-        <v>15328.3545</v>
+        <v>15412.1445</v>
       </c>
     </row>
     <row r="297" spans="1:8" customHeight="1" ht="22">
       <c r="A297" s="13" t="s">
         <v>572</v>
       </c>
       <c r="B297" s="13"/>
       <c r="C297" s="13"/>
     </row>
     <row r="298" spans="1:8" customHeight="1" ht="29">
       <c r="A298" s="14" t="s">
         <v>573</v>
       </c>
       <c r="B298" s="14"/>
       <c r="C298" s="14"/>
     </row>
     <row r="299" spans="1:8" customHeight="1" ht="29">
       <c r="A299" s="14" t="s">
         <v>574</v>
       </c>
       <c r="B299" s="14"/>
       <c r="C299" s="14"/>
     </row>
     <row r="300" spans="1:8" customHeight="1" ht="29">
       <c r="A300" s="14" t="s">