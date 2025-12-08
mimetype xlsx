--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -118,57 +118,57 @@
   <si>
     <t>Velcro Frame</t>
   </si>
   <si>
     <t>1.01.08</t>
   </si>
   <si>
     <t>Snapping Frame</t>
   </si>
   <si>
     <t>1.01.09</t>
   </si>
   <si>
     <t>Buckling Frame</t>
   </si>
   <si>
     <t>1.02.07A</t>
   </si>
   <si>
     <t>Bolts on a Bench</t>
   </si>
   <si>
     <t>1.05.04A</t>
   </si>
   <si>
-    <t xml:space="preserve">Small Wooden Tray with Cutout Handles  </t>
+    <t>Small Wooden Tray with Cutout Handles, 24.5 x 19.5 x 3 cm</t>
   </si>
   <si>
     <t>1.05.05</t>
   </si>
   <si>
-    <t>Medium Wooden Tray with Cutout Handles</t>
+    <t>Medium Wooden Tray with Cutout Handles, 35.3 x 25.3 x 3 cm</t>
   </si>
   <si>
     <t>1.06.10</t>
   </si>
   <si>
     <t xml:space="preserve">Folding Activity Set </t>
   </si>
   <si>
     <t>1.06.17</t>
   </si>
   <si>
     <t xml:space="preserve">Dropper Activities Set </t>
   </si>
   <si>
     <t>1.06.17A</t>
   </si>
   <si>
     <t xml:space="preserve">Color Mixing Activity Set </t>
   </si>
   <si>
     <t>1.07.03B</t>
   </si>
   <si>
     <t>Spooning Activities Set</t>
   </si>
@@ -3017,58 +3017,58 @@
       <c r="C94" s="8"/>
       <c r="D94" s="8"/>
       <c r="E94" s="8"/>
       <c r="F94" s="10">
         <v>76.5</v>
       </c>
       <c r="G94" s="9">
         <v>1.0</v>
       </c>
       <c r="H94" s="10">
         <f>SUM(F94*G94)</f>
         <v>76.5</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="8" t="s">
         <v>177</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>178</v>
       </c>
       <c r="C95" s="8"/>
       <c r="D95" s="8"/>
       <c r="E95" s="8"/>
       <c r="F95" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G95" s="9">
         <v>1.0</v>
       </c>
       <c r="H95" s="10">
         <f>SUM(F95*G95)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="8" t="s">
         <v>179</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C96" s="8"/>
       <c r="D96" s="8"/>
       <c r="E96" s="8"/>
       <c r="F96" s="10">
         <v>12.6</v>
       </c>
       <c r="G96" s="9">
         <v>1.0</v>
       </c>
       <c r="H96" s="10">
         <f>SUM(F96*G96)</f>
         <v>12.6</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="8" t="s">
@@ -3080,58 +3080,58 @@
       <c r="C97" s="8"/>
       <c r="D97" s="8"/>
       <c r="E97" s="8"/>
       <c r="F97" s="10">
         <v>12.6</v>
       </c>
       <c r="G97" s="9">
         <v>1.0</v>
       </c>
       <c r="H97" s="10">
         <f>SUM(F97*G97)</f>
         <v>12.6</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="8" t="s">
         <v>183</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>184</v>
       </c>
       <c r="C98" s="8"/>
       <c r="D98" s="8"/>
       <c r="E98" s="8"/>
       <c r="F98" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G98" s="9">
         <v>1.0</v>
       </c>
       <c r="H98" s="10">
         <f>SUM(F98*G98)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="8" t="s">
         <v>185</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>186</v>
       </c>
       <c r="C99" s="8"/>
       <c r="D99" s="8"/>
       <c r="E99" s="8"/>
       <c r="F99" s="10">
         <v>10.8</v>
       </c>
       <c r="G99" s="9">
         <v>1.0</v>
       </c>
       <c r="H99" s="10">
         <f>SUM(F99*G99)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="8" t="s">
@@ -3143,58 +3143,58 @@
       <c r="C100" s="8"/>
       <c r="D100" s="8"/>
       <c r="E100" s="8"/>
       <c r="F100" s="10">
         <v>10.8</v>
       </c>
       <c r="G100" s="9">
         <v>1.0</v>
       </c>
       <c r="H100" s="10">
         <f>SUM(F100*G100)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="8" t="s">
         <v>189</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>190</v>
       </c>
       <c r="C101" s="8"/>
       <c r="D101" s="8"/>
       <c r="E101" s="8"/>
       <c r="F101" s="10">
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
       <c r="G101" s="9">
         <v>1.0</v>
       </c>
       <c r="H101" s="10">
         <f>SUM(F101*G101)</f>
-        <v>52.2</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="8" t="s">
         <v>191</v>
       </c>
       <c r="B102" s="8" t="s">
         <v>192</v>
       </c>
       <c r="C102" s="8"/>
       <c r="D102" s="8"/>
       <c r="E102" s="8"/>
       <c r="F102" s="10">
         <v>10.8</v>
       </c>
       <c r="G102" s="9">
         <v>1.0</v>
       </c>
       <c r="H102" s="10">
         <f>SUM(F102*G102)</f>
         <v>10.8</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="8" t="s">
@@ -3327,86 +3327,86 @@
         <v>205</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>206</v>
       </c>
       <c r="C109" s="8"/>
       <c r="D109" s="8"/>
       <c r="E109" s="8"/>
       <c r="F109" s="10">
         <v>19.8</v>
       </c>
       <c r="G109" s="9">
         <v>2.0</v>
       </c>
       <c r="H109" s="10">
         <f>SUM(F109*G109)</f>
         <v>39.6</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="G110" s="12" t="s">
         <v>207</v>
       </c>
       <c r="H110" s="11">
         <f>SUM(H15:H109)</f>
-        <v>6051.96</v>
+        <v>6070.86</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="G111" s="12" t="s">
         <v>208</v>
       </c>
       <c r="H111" s="11">
         <f>IF(AND(H110&gt;=1000,H110&lt;5000),H110*0.03,IF(AND(H110&gt;=5000,H110&lt;10000),H110*0.04,IF(H110&gt;=10000,H110*0.05,0)))</f>
-        <v>242.0784</v>
+        <v>242.8344</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="G112" s="12" t="s">
         <v>209</v>
       </c>
       <c r="H112" s="11">
         <f>H110-H111</f>
-        <v>5809.8816</v>
+        <v>5828.0256</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="G113" s="12" t="s">
         <v>210</v>
       </c>
       <c r="H113" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="G114" s="12" t="s">
         <v>211</v>
       </c>
       <c r="H114" s="11">
         <f>SUM(H112:H113)</f>
-        <v>5809.8816</v>
+        <v>5828.0256</v>
       </c>
     </row>
     <row r="117" spans="1:8" customHeight="1" ht="22">
       <c r="A117" s="13" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="29">
       <c r="A118" s="14" t="s">
         <v>213</v>
       </c>
       <c r="B118" s="14"/>
       <c r="C118" s="14"/>
     </row>
     <row r="119" spans="1:8" customHeight="1" ht="29">
       <c r="A119" s="14" t="s">
         <v>214</v>
       </c>
       <c r="B119" s="14"/>
       <c r="C119" s="14"/>
     </row>
     <row r="120" spans="1:8" customHeight="1" ht="29">
       <c r="A120" s="14" t="s">