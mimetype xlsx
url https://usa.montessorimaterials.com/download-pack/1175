--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -2324,58 +2324,58 @@
       <c r="C61" s="8"/>
       <c r="D61" s="8"/>
       <c r="E61" s="8"/>
       <c r="F61" s="10">
         <v>6.66</v>
       </c>
       <c r="G61" s="9">
         <v>1.0</v>
       </c>
       <c r="H61" s="10">
         <f>SUM(F61*G61)</f>
         <v>6.66</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>111</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C62" s="8"/>
       <c r="D62" s="8"/>
       <c r="E62" s="8"/>
       <c r="F62" s="10">
-        <v>62.1</v>
+        <v>66.6</v>
       </c>
       <c r="G62" s="9">
         <v>1.0</v>
       </c>
       <c r="H62" s="10">
         <f>SUM(F62*G62)</f>
-        <v>62.1</v>
+        <v>66.6</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>114</v>
       </c>
       <c r="C63" s="8"/>
       <c r="D63" s="8"/>
       <c r="E63" s="8"/>
       <c r="F63" s="10">
         <v>14.4</v>
       </c>
       <c r="G63" s="9">
         <v>1.0</v>
       </c>
       <c r="H63" s="10">
         <f>SUM(F63*G63)</f>
         <v>14.4</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
@@ -3327,86 +3327,86 @@
         <v>205</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>206</v>
       </c>
       <c r="C109" s="8"/>
       <c r="D109" s="8"/>
       <c r="E109" s="8"/>
       <c r="F109" s="10">
         <v>19.8</v>
       </c>
       <c r="G109" s="9">
         <v>2.0</v>
       </c>
       <c r="H109" s="10">
         <f>SUM(F109*G109)</f>
         <v>39.6</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="G110" s="12" t="s">
         <v>207</v>
       </c>
       <c r="H110" s="11">
         <f>SUM(H15:H109)</f>
-        <v>6070.86</v>
+        <v>6075.36</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="G111" s="12" t="s">
         <v>208</v>
       </c>
       <c r="H111" s="11">
         <f>IF(AND(H110&gt;=1000,H110&lt;5000),H110*0.03,IF(AND(H110&gt;=5000,H110&lt;10000),H110*0.04,IF(H110&gt;=10000,H110*0.05,0)))</f>
-        <v>242.8344</v>
+        <v>243.0144</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="G112" s="12" t="s">
         <v>209</v>
       </c>
       <c r="H112" s="11">
         <f>H110-H111</f>
-        <v>5828.0256</v>
+        <v>5832.3456</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="G113" s="12" t="s">
         <v>210</v>
       </c>
       <c r="H113" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="G114" s="12" t="s">
         <v>211</v>
       </c>
       <c r="H114" s="11">
         <f>SUM(H112:H113)</f>
-        <v>5828.0256</v>
+        <v>5832.3456</v>
       </c>
     </row>
     <row r="117" spans="1:8" customHeight="1" ht="22">
       <c r="A117" s="13" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="29">
       <c r="A118" s="14" t="s">
         <v>213</v>
       </c>
       <c r="B118" s="14"/>
       <c r="C118" s="14"/>
     </row>
     <row r="119" spans="1:8" customHeight="1" ht="29">
       <c r="A119" s="14" t="s">
         <v>214</v>
       </c>
       <c r="B119" s="14"/>
       <c r="C119" s="14"/>
     </row>
     <row r="120" spans="1:8" customHeight="1" ht="29">
       <c r="A120" s="14" t="s">