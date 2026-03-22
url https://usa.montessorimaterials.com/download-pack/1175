--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -190,51 +190,51 @@
   <si>
     <t xml:space="preserve">Hand Washing Activity Set </t>
   </si>
   <si>
     <t>1.09.06</t>
   </si>
   <si>
     <t>Table Washing Activity</t>
   </si>
   <si>
     <t>1.11.02</t>
   </si>
   <si>
     <t>Montessori Braiding Board</t>
   </si>
   <si>
     <t>1.20.06</t>
   </si>
   <si>
     <t>Watering Plants Activity</t>
   </si>
   <si>
     <t>2.01</t>
   </si>
   <si>
-    <t>Pink Tower</t>
+    <t xml:space="preserve">Pink Tower - Premium Quality </t>
   </si>
   <si>
     <t>2.02</t>
   </si>
   <si>
     <t>Broad (Brown) Stair - Brown Lacquer</t>
   </si>
   <si>
     <t>2.03</t>
   </si>
   <si>
     <t>Red (Long) Rods</t>
   </si>
   <si>
     <t>2.04.01B</t>
   </si>
   <si>
     <t xml:space="preserve">Geometric Solids with Box &amp; Bases    </t>
   </si>
   <si>
     <t>2.05</t>
   </si>
   <si>
     <t>Cylinder Blocks - Set of 4 Blocks</t>
   </si>
@@ -1757,58 +1757,58 @@
       <c r="C34" s="8"/>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="10">
         <v>23.4</v>
       </c>
       <c r="G34" s="9">
         <v>1.0</v>
       </c>
       <c r="H34" s="10">
         <f>SUM(F34*G34)</f>
         <v>23.4</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>57</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="10">
-        <v>107.1</v>
+        <v>116.1</v>
       </c>
       <c r="G35" s="9">
         <v>1.0</v>
       </c>
       <c r="H35" s="10">
         <f>SUM(F35*G35)</f>
-        <v>107.1</v>
+        <v>116.1</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>59</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="10">
         <v>224.1</v>
       </c>
       <c r="G36" s="9">
         <v>1.0</v>
       </c>
       <c r="H36" s="10">
         <f>SUM(F36*G36)</f>
         <v>224.1</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
@@ -1841,79 +1841,79 @@
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="10">
         <v>198</v>
       </c>
       <c r="G38" s="9">
         <v>1.0</v>
       </c>
       <c r="H38" s="10">
         <f>SUM(F38*G38)</f>
         <v>198</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>65</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="10">
-        <v>242.1</v>
+        <v>251.1</v>
       </c>
       <c r="G39" s="9">
         <v>1.0</v>
       </c>
       <c r="H39" s="10">
         <f>SUM(F39*G39)</f>
-        <v>242.1</v>
+        <v>251.1</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>67</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="10">
-        <v>165.6</v>
+        <v>170.1</v>
       </c>
       <c r="G40" s="9">
         <v>1.0</v>
       </c>
       <c r="H40" s="10">
         <f>SUM(F40*G40)</f>
-        <v>165.6</v>
+        <v>170.1</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>69</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
       <c r="F41" s="10">
         <v>32.4</v>
       </c>
       <c r="G41" s="9">
         <v>1.0</v>
       </c>
       <c r="H41" s="10">
         <f>SUM(F41*G41)</f>
         <v>32.4</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
@@ -2009,58 +2009,58 @@
       <c r="C46" s="8"/>
       <c r="D46" s="8"/>
       <c r="E46" s="8"/>
       <c r="F46" s="10">
         <v>46.8</v>
       </c>
       <c r="G46" s="9">
         <v>1.0</v>
       </c>
       <c r="H46" s="10">
         <f>SUM(F46*G46)</f>
         <v>46.8</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>81</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C47" s="8"/>
       <c r="D47" s="8"/>
       <c r="E47" s="8"/>
       <c r="F47" s="10">
-        <v>44.1</v>
+        <v>51.3</v>
       </c>
       <c r="G47" s="9">
         <v>1.0</v>
       </c>
       <c r="H47" s="10">
         <f>SUM(F47*G47)</f>
-        <v>44.1</v>
+        <v>51.3</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>83</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="10">
         <v>306</v>
       </c>
       <c r="G48" s="9">
         <v>1.0</v>
       </c>
       <c r="H48" s="10">
         <f>SUM(F48*G48)</f>
         <v>306</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
@@ -2198,79 +2198,79 @@
       <c r="C55" s="8"/>
       <c r="D55" s="8"/>
       <c r="E55" s="8"/>
       <c r="F55" s="10">
         <v>64.8</v>
       </c>
       <c r="G55" s="9">
         <v>1.0</v>
       </c>
       <c r="H55" s="10">
         <f>SUM(F55*G55)</f>
         <v>64.8</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>99</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>100</v>
       </c>
       <c r="C56" s="8"/>
       <c r="D56" s="8"/>
       <c r="E56" s="8"/>
       <c r="F56" s="10">
-        <v>43.2</v>
+        <v>52.2</v>
       </c>
       <c r="G56" s="9">
         <v>1.0</v>
       </c>
       <c r="H56" s="10">
         <f>SUM(F56*G56)</f>
-        <v>43.2</v>
+        <v>52.2</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>101</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>102</v>
       </c>
       <c r="C57" s="8"/>
       <c r="D57" s="8"/>
       <c r="E57" s="8"/>
       <c r="F57" s="10">
-        <v>41.4</v>
+        <v>46.8</v>
       </c>
       <c r="G57" s="9">
         <v>1.0</v>
       </c>
       <c r="H57" s="10">
         <f>SUM(F57*G57)</f>
-        <v>41.4</v>
+        <v>46.8</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>104</v>
       </c>
       <c r="C58" s="8"/>
       <c r="D58" s="8"/>
       <c r="E58" s="8"/>
       <c r="F58" s="10">
         <v>125.1</v>
       </c>
       <c r="G58" s="9">
         <v>1.0</v>
       </c>
       <c r="H58" s="10">
         <f>SUM(F58*G58)</f>
         <v>125.1</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
@@ -3327,86 +3327,86 @@
         <v>205</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>206</v>
       </c>
       <c r="C109" s="8"/>
       <c r="D109" s="8"/>
       <c r="E109" s="8"/>
       <c r="F109" s="10">
         <v>19.8</v>
       </c>
       <c r="G109" s="9">
         <v>2.0</v>
       </c>
       <c r="H109" s="10">
         <f>SUM(F109*G109)</f>
         <v>39.6</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="G110" s="12" t="s">
         <v>207</v>
       </c>
       <c r="H110" s="11">
         <f>SUM(H15:H109)</f>
-        <v>6075.36</v>
+        <v>6119.46</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="G111" s="12" t="s">
         <v>208</v>
       </c>
       <c r="H111" s="11">
         <f>IF(AND(H110&gt;=1000,H110&lt;5000),H110*0.03,IF(AND(H110&gt;=5000,H110&lt;10000),H110*0.04,IF(H110&gt;=10000,H110*0.05,0)))</f>
-        <v>243.0144</v>
+        <v>244.7784</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="G112" s="12" t="s">
         <v>209</v>
       </c>
       <c r="H112" s="11">
         <f>H110-H111</f>
-        <v>5832.3456</v>
+        <v>5874.6816</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="G113" s="12" t="s">
         <v>210</v>
       </c>
       <c r="H113" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="G114" s="12" t="s">
         <v>211</v>
       </c>
       <c r="H114" s="11">
         <f>SUM(H112:H113)</f>
-        <v>5832.3456</v>
+        <v>5874.6816</v>
       </c>
     </row>
     <row r="117" spans="1:8" customHeight="1" ht="22">
       <c r="A117" s="13" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="29">
       <c r="A118" s="14" t="s">
         <v>213</v>
       </c>
       <c r="B118" s="14"/>
       <c r="C118" s="14"/>
     </row>
     <row r="119" spans="1:8" customHeight="1" ht="29">
       <c r="A119" s="14" t="s">
         <v>214</v>
       </c>
       <c r="B119" s="14"/>
       <c r="C119" s="14"/>
     </row>
     <row r="120" spans="1:8" customHeight="1" ht="29">
       <c r="A120" s="14" t="s">